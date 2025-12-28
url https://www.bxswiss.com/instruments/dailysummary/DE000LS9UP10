--- v0 (2025-10-25)
+++ v1 (2025-12-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd78c53a02cb5489f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e42966c3a354ab8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8681a287ea6840e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb336105915054d76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc3369139346447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8681a287ea6840e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R045f78c2c25349e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb336105915054d76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftstrend- KI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UP10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>284,341</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>