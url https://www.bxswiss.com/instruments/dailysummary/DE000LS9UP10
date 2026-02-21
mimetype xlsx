--- v1 (2025-12-28)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e42966c3a354ab8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa780ea83c374462" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb336105915054d76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98fb25397a764498"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R045f78c2c25349e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb336105915054d76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c35c6bdb41c4847" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98fb25397a764498" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftstrend- KI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UP10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...532 lines deleted...]
-          <x:t>286,602</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>