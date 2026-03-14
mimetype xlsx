--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa780ea83c374462" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b8c52f852894303" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98fb25397a764498"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56f504e7fac54bd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c35c6bdb41c4847" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98fb25397a764498" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84db3d0672bb48ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56f504e7fac54bd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftstrend- KI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UP10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,432</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,742</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>