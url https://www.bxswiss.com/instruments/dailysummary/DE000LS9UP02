--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2abdfd14ff484733" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R477945d47e6143d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R549ccb62868844fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69ef7c8483514520"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb9558ea77ff4e9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R549ccb62868844fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra435dd495ed74cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69ef7c8483514520" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lone Wolfs Dividendenwachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UP02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,175</x:t>
-[...360 lines deleted...]
-          <x:t>123,091</x:t>
+          <x:t>123,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>