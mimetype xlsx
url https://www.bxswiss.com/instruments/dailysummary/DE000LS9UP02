--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R477945d47e6143d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39456489f6e144b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69ef7c8483514520"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1dd080bfe8640db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra435dd495ed74cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69ef7c8483514520" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red568349db834073" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1dd080bfe8640db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lone Wolfs Dividendenwachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UP02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,195 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>123,033</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,431</x:t>
-[...366 lines deleted...]
-        <x:is>
           <x:t>122,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,197</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,213</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,083</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>