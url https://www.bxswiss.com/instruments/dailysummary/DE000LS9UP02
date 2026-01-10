--- v2 (2025-11-21)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39456489f6e144b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93b618ec91ec48c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1dd080bfe8640db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcce6b7890c124001"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red568349db834073" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1dd080bfe8640db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87e0b197d71f41df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcce6b7890c124001" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lone Wolfs Dividendenwachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UP02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...333 lines deleted...]
-          <x:t>121,872</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,279</x:t>
-[...296 lines deleted...]
-          <x:t>118,083</x:t>
+          <x:t>119,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,402</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>