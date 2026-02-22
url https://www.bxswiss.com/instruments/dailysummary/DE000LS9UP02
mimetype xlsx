--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93b618ec91ec48c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf432aad7a85c443f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcce6b7890c124001"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3b2eecdc65c4cb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87e0b197d71f41df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcce6b7890c124001" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcd2e67dbf4441fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3b2eecdc65c4cb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lone Wolfs Dividendenwachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UP02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>123,402</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>