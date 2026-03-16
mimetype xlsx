--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf432aad7a85c443f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0db844f4fce4485d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3b2eecdc65c4cb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f94e176af134319"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcd2e67dbf4441fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3b2eecdc65c4cb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R539627932a0240c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f94e176af134319" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lone Wolfs Dividendenwachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UP02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>116,134</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,937</x:t>
-[...328 lines deleted...]
-          <x:t>119,313</x:t>
+          <x:t>115,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>