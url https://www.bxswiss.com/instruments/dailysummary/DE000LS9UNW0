--- v0 (2025-10-31)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3df3360a8154ced" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13da287ea6d94bb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bb494ba4a224852"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f2e6299a4894f98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3aa0ae2d8ba48d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bb494ba4a224852" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8374b6ec9e34504" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f2e6299a4894f98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine 5 Favoriten </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>376,565</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>