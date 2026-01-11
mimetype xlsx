--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13da287ea6d94bb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b589e9a93e64d1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f2e6299a4894f98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc718b310af94937"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8374b6ec9e34504" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f2e6299a4894f98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a3ae71f1dc241ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc718b310af94937" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine 5 Favoriten </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>367,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,994</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,704</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>