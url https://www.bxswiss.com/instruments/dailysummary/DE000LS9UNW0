--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b589e9a93e64d1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b608a1362af4576" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc718b310af94937"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R428266e76b3849b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a3ae71f1dc241ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc718b310af94937" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b2b552ea858491b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R428266e76b3849b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine 5 Favoriten </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>348,704</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>