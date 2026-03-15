--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b608a1362af4576" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b1b7a4ae0584e5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R428266e76b3849b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d42abd08de04d32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b2b552ea858491b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R428266e76b3849b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f1c92e29a994762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d42abd08de04d32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine 5 Favoriten </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,199</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>