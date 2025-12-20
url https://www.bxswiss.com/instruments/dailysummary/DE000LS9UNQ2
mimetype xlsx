--- v0 (2025-10-05)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab1105f0087447ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95a58797788b4d6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6643737ffec49e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3c550f013ca4e1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf6e8b54e4f24b9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6643737ffec49e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e56794f704e417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3c550f013ca4e1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blue.Flame</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>29,603</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,591</x:t>
-[...43 lines deleted...]
-          <x:t>29,702</x:t>
+          <x:t>29,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,649</x:t>
-[...102 lines deleted...]
-          <x:t>29,645</x:t>
+          <x:t>29,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,872</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...154 lines deleted...]
-          <x:t>30,167</x:t>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>