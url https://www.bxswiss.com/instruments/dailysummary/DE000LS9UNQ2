--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95a58797788b4d6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d0c6877c9ea4d14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3c550f013ca4e1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9760847dcbf648c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e56794f704e417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3c550f013ca4e1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8b414c4005740a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9760847dcbf648c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blue.Flame</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>29,751</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,871</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>09.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,882</x:t>
-[...124 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>29,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,927</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>29,954</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>