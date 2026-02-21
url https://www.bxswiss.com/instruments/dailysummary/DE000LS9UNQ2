--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d0c6877c9ea4d14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R472778286d8f4a43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9760847dcbf648c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb47e8bf4f634ab9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8b414c4005740a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9760847dcbf648c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d15e75590c948f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb47e8bf4f634ab9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blue.Flame</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>30,371</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>