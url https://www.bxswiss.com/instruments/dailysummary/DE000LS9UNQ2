--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R472778286d8f4a43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ad2c2e870ab4811" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb47e8bf4f634ab9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R826491f2317042dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d15e75590c948f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb47e8bf4f634ab9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re266691639c3460a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R826491f2317042dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blue.Flame</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,446 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>30,329</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,397</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...236 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,485</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>