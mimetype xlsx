--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b89ee0a63db4e84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b5dc54e628a4cdf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99a60a413f914769"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb482e6ad7aed4241"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b260e7339334ffe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99a60a413f914769" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6041cc8811d453b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb482e6ad7aed4241" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Aktien nach B. Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>