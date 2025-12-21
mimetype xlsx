--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b5dc54e628a4cdf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44feb034eed2430c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb482e6ad7aed4241"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4afe4e4109544d8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6041cc8811d453b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb482e6ad7aed4241" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4700c4d0d6614e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4afe4e4109544d8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Aktien nach B. Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>114,957</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>