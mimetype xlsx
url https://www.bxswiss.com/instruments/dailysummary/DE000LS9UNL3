--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44feb034eed2430c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc00aa6b10f2c4261" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4afe4e4109544d8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60a5c983adb44eb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4700c4d0d6614e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4afe4e4109544d8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R593308297669491f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60a5c983adb44eb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Aktien nach B. Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,676</x:t>
@@ -764,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>