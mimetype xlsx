--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc00aa6b10f2c4261" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ea9958e06b94971" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60a5c983adb44eb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52c5d9234daa463f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R593308297669491f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60a5c983adb44eb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81b6596ca89546f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52c5d9234daa463f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Aktien nach B. Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>124,393</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,138</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>