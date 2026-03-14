--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ea9958e06b94971" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe4577867fd14733" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52c5d9234daa463f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc699309220a4f49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81b6596ca89546f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52c5d9234daa463f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63b8679690ef4925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc699309220a4f49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Aktien nach B. Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,651</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>