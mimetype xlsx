--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5c5258e02fe486a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refb5e9d79f39447e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8987547cb684e6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e64b37831104a46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6fa60add5b94555" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8987547cb684e6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R564df33f74f24eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e64b37831104a46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech &amp; GreenTech Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>36,307</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,236</x:t>
-[...421 lines deleted...]
-          <x:t>37,015</x:t>
+          <x:t>36,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,701</x:t>
-[...139 lines deleted...]
-          <x:t>37,818</x:t>
+          <x:t>37,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>