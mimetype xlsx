--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refb5e9d79f39447e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ac7d6bc00c848fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e64b37831104a46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3be7c0b2196478d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R564df33f74f24eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e64b37831104a46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb0ff3fd2c5941dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3be7c0b2196478d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech &amp; GreenTech Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>37,379</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,408</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...207 lines deleted...]
-          <x:t>37,624</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,818</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>37,560</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>