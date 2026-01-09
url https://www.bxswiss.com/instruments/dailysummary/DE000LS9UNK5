--- v2 (2026-01-08)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ac7d6bc00c848fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R276bd7aa84e043b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3be7c0b2196478d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0c2b99205c44cc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb0ff3fd2c5941dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3be7c0b2196478d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea9d1c8480624161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0c2b99205c44cc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech &amp; GreenTech Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,451</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>