--- v3 (2026-01-09)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R276bd7aa84e043b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf77fe64767344222" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0c2b99205c44cc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88638c009675471b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea9d1c8480624161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0c2b99205c44cc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce17c3dccaf54641" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88638c009675471b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech &amp; GreenTech Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>37,386</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,777</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>38,149</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,875</x:t>
-[...161 lines deleted...]
-          <x:t>39,751</x:t>
+          <x:t>38,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>