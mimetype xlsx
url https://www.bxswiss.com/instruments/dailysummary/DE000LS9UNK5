--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf77fe64767344222" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2c66d12d09d4b67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88638c009675471b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b167781233547a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce17c3dccaf54641" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88638c009675471b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fd180733e0844b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b167781233547a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech &amp; GreenTech Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>