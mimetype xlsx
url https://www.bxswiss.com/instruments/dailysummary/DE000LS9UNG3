--- v0 (2025-10-04)
+++ v1 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd427b9493c6b4e26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77a17573dc784b11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd736f52b5cd4487"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a1b380f260342ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14c87a71ec434b84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd736f52b5cd4487" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1075c0151309407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a1b380f260342ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoffwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>79,849</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>