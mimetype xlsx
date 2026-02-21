--- v1 (2026-01-05)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77a17573dc784b11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd375f96d80554c8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a1b380f260342ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0df251edef3448a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1075c0151309407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a1b380f260342ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c06d117b0f5495d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0df251edef3448a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoffwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>87,470</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>