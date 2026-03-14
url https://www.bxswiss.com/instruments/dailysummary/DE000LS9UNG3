--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd375f96d80554c8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7634e0e49ce047a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0df251edef3448a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a19a387e8f74bfa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c06d117b0f5495d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0df251edef3448a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a033ed4199f4a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a19a387e8f74bfa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoffwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,313</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>