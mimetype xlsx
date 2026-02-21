--- v0 (2025-10-07)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raadf7ce65c954a66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R226942b68e9c4b38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13122ed398164a78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46351064cf6a4696"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98acace2a47248df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13122ed398164a78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafe68b97a7254413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46351064cf6a4696" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compounding machines</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UN95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>115,350</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>