--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R226942b68e9c4b38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf38fe017c6a243a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46351064cf6a4696"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc2d2e9797104f69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafe68b97a7254413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46351064cf6a4696" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbc06c28e2c443a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc2d2e9797104f69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compounding machines</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UN95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>