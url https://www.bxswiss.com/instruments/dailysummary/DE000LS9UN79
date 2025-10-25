--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fdb1ae5978544ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08992d1109d84817" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fd1fef8226046c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc952b9c018f44fe0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac05de65a5094d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fd1fef8226046c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27ff777364254318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc952b9c018f44fe0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Top Halbleiter Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UN79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,854</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>