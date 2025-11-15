--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08992d1109d84817" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04268f369ef8462e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc952b9c018f44fe0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red34aef8121246ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27ff777364254318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc952b9c018f44fe0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fcf37d36edb4c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red34aef8121246ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Top Halbleiter Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UN79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>