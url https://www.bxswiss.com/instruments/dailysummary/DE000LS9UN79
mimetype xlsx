--- v2 (2025-11-15)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04268f369ef8462e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2994b7ee74bf4e1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red34aef8121246ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddb798969342462b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fcf37d36edb4c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red34aef8121246ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca0843ff5d5a4523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddb798969342462b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Top Halbleiter Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UN79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>239,269</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>