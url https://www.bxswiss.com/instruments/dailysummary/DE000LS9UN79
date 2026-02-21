--- v3 (2026-01-07)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2994b7ee74bf4e1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1f4c8770c874a63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddb798969342462b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce12acae4eaa4663"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca0843ff5d5a4523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddb798969342462b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R503823161bcc4437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce12acae4eaa4663" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Top Halbleiter Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UN79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>262,830</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>