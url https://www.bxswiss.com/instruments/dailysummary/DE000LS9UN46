--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9279587482864448" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eccc8cdf0474a79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R701a96546a034f87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3845f6b67cd94395"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50df88a759554fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R701a96546a034f87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c841029c3da498e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3845f6b67cd94395" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Comebackkandidaten 2022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UN46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...419 lines deleted...]
-          <x:t>206,591</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,041</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>