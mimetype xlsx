--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eccc8cdf0474a79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2038b519c82f4229" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3845f6b67cd94395"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e7ca7ee23074950"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c841029c3da498e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3845f6b67cd94395" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92b6108408284c2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e7ca7ee23074950" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Comebackkandidaten 2022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UN46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>221,034</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>