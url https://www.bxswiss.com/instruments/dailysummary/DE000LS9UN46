--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2038b519c82f4229" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12a058159b9b4f61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e7ca7ee23074950"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b6723af6bb64bdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92b6108408284c2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e7ca7ee23074950" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc42b8cd9ef214187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b6723af6bb64bdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Comebackkandidaten 2022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UN46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,818</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>