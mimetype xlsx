--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12a058159b9b4f61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R081b7e61d6ff4beb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b6723af6bb64bdd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73ca25c4f21e4f2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc42b8cd9ef214187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b6723af6bb64bdd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3322fdfdf5a4a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73ca25c4f21e4f2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Comebackkandidaten 2022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UN46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>213,296</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>