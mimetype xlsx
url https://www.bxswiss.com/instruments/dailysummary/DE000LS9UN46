--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R081b7e61d6ff4beb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cec9d4b55584d07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73ca25c4f21e4f2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1edf282ad99f4771"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3322fdfdf5a4a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73ca25c4f21e4f2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00daca6a82f745b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1edf282ad99f4771" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Comebackkandidaten 2022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UN46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>