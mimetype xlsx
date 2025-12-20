--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf01e7f4af9b34139" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7a09b2d4df448e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re472ca727d614a47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd86529eb0c42bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad7e9aba818c41e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re472ca727d614a47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43c71f92c5764a70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd86529eb0c42bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LF Global Performance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>162,287</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,614</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>23.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>164,199</x:t>
-[...53 lines deleted...]
-          <x:t>166,873</x:t>
+          <x:t>164,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,392</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>166,191</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>165,731</x:t>
-[...463 lines deleted...]
-          <x:t>164,718</x:t>
+          <x:t>166,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>