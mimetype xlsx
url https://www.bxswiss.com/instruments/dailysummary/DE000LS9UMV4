--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7a09b2d4df448e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb574b09522164873" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd86529eb0c42bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9ed1fcca4144c49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43c71f92c5764a70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd86529eb0c42bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1feeb383afd48ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9ed1fcca4144c49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LF Global Performance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,033</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>