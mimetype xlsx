--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb574b09522164873" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe881dd9e9884d52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9ed1fcca4144c49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R854a280518df4429"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1feeb383afd48ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9ed1fcca4144c49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02349b60c1824323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R854a280518df4429" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LF Global Performance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>168,938</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>