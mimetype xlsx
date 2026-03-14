--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe881dd9e9884d52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2f6a31ab3824df0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R854a280518df4429"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3edd4966d83c4d79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02349b60c1824323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R854a280518df4429" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24849f57c7e94740" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3edd4966d83c4d79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LF Global Performance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,331</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>