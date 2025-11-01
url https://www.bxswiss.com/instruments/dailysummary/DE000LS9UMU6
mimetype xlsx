--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re743fa6f044b420a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2673f0371e4547fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc11fed585f5c4ad3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R537caa6801df425b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R539626b76e154d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc11fed585f5c4ad3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R369d0e308ca24fd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R537caa6801df425b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hohes ROA breit gestreut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,105</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>