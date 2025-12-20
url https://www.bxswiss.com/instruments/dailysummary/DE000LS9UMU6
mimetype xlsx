--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2673f0371e4547fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R301a5ddf24554e76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R537caa6801df425b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R484929b0f4c54251"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R369d0e308ca24fd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R537caa6801df425b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b843a7ad9864a64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R484929b0f4c54251" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hohes ROA breit gestreut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>101,812</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>