--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R301a5ddf24554e76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb32aefdf086e47a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R484929b0f4c54251"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5f3506bb65f411c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b843a7ad9864a64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R484929b0f4c54251" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0a020066d9b4324" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5f3506bb65f411c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hohes ROA breit gestreut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,74 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,490</x:t>
@@ -791,31 +279,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,044</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>