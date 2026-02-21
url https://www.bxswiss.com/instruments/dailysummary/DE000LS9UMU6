--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb32aefdf086e47a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac2582742bfe45b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5f3506bb65f411c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56d5759662524100"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0a020066d9b4324" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5f3506bb65f411c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R607d25887af8418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56d5759662524100" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hohes ROA breit gestreut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,404 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...371 lines deleted...]
-          <x:t>105,044</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>