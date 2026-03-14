--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac2582742bfe45b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09d74b6f5f0b4ffe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56d5759662524100"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa4e24cb61c44653"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R607d25887af8418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56d5759662524100" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf23b4133b6a14f92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa4e24cb61c44653" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hohes ROA breit gestreut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,151 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...335 lines deleted...]
-          <x:t>104,256</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,978</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>104,608</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,715</x:t>
         </x:is>
       </x:c>
@@ -744,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>