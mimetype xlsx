--- v0 (2026-01-07)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra64254994fe04d91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18b506ca524246f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e393c120d9f4612"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9090f132402408d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93404ef500af4475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e393c120d9f4612" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R635da6c8d4ed4e7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9090f132402408d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Halbleiter Technologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,156</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>38,674</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>