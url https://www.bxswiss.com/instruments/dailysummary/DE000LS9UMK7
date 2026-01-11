--- v0 (2025-10-26)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4029672deb0340f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0e8a4fc73e54515" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75f1409bbacd44a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aa1109d2b414a4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7e4eeaaa4ad4e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75f1409bbacd44a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d0961c0b6ea4581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aa1109d2b414a4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>regelbasiertes MargenMonster</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...463 lines deleted...]
-          <x:t>179,009</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>178,843</x:t>
-[...139 lines deleted...]
-          <x:t>194,236</x:t>
+          <x:t>180,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>