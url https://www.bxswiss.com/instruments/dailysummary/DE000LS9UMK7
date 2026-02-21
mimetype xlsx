--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0e8a4fc73e54515" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a02e7ff89eb4a77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aa1109d2b414a4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ae6ad2c892a4dbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d0961c0b6ea4581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aa1109d2b414a4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23b58a674ae84b55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ae6ad2c892a4dbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>regelbasiertes MargenMonster</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>181,601</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>