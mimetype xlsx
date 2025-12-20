--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R314fd0ece1c84efc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R358f892df1e84995" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R806351d81a0849c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd14a0447c0544b36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbefdab755f8b47d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R806351d81a0849c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4ea156d612247dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd14a0447c0544b36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UMBRELLA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>36,648</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,486</x:t>
-[...124 lines deleted...]
-          <x:t>37,214</x:t>
+          <x:t>37,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,006</x:t>
-[...48 lines deleted...]
-          <x:t>37,704</x:t>
+          <x:t>37,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,204</x:t>
-[...350 lines deleted...]
-          <x:t>40,136</x:t>
+          <x:t>36,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,328</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>