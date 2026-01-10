--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R358f892df1e84995" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf72bb541ad8543fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd14a0447c0544b36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd1a4e3d40a34b32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4ea156d612247dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd14a0447c0544b36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83d427e229634b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd1a4e3d40a34b32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UMBRELLA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,577</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,446</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>