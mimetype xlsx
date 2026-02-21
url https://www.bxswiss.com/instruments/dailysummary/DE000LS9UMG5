--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf72bb541ad8543fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c0248bb8b344b1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd1a4e3d40a34b32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9001605c3b514ddf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83d427e229634b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd1a4e3d40a34b32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R060f3f164d3448de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9001605c3b514ddf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UMBRELLA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>37,647</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,577</x:t>
-[...38 lines deleted...]
-          <x:t>37,231</x:t>
+          <x:t>36,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,050</x:t>
-[...409 lines deleted...]
-          <x:t>39,446</x:t>
+          <x:t>36,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,132</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>