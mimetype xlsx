--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c0248bb8b344b1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6267284b1b484656" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9001605c3b514ddf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2914b877f6074bda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R060f3f164d3448de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9001605c3b514ddf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R636d946c1dfe45b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2914b877f6074bda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UMBRELLA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>