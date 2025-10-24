--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8be6a1e957834920" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R243fbd1db5d74a1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50f522d9fd09444c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b97370710fe4c53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09e707b905334aae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50f522d9fd09444c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47156d5df0d9480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b97370710fe4c53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Auto auf und davon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UM70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>31,259</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,722</x:t>
-[...178 lines deleted...]
-          <x:t>31,724</x:t>
+          <x:t>33,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,736</x:t>
-[...85 lines deleted...]
-          <x:t>33,585</x:t>
+          <x:t>31,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,912</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>