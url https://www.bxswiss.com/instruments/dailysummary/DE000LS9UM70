--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R243fbd1db5d74a1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f30c6ab08dd4109" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b97370710fe4c53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2568444920b5422e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47156d5df0d9480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b97370710fe4c53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R632a419bcbcf4b12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2568444920b5422e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Auto auf und davon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UM70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>28,912</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,578</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>