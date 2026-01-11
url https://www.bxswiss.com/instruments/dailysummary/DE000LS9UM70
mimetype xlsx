--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f30c6ab08dd4109" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb610a81ac86f4c7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2568444920b5422e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba488507fd0e4f2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R632a419bcbcf4b12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2568444920b5422e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e80524eb48644bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba488507fd0e4f2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Auto auf und davon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UM70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...414 lines deleted...]
-          <x:t>26,030</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,962</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>25,154</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,917</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>