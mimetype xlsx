--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb610a81ac86f4c7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fdc01dc798f43a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba488507fd0e4f2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1acca41e0679417a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e80524eb48644bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba488507fd0e4f2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ec3e81917c3480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1acca41e0679417a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Auto auf und davon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UM70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,154</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>