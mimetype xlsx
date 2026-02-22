--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fdc01dc798f43a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ae7923a64e34101" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1acca41e0679417a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3035defff11745e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ec3e81917c3480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1acca41e0679417a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21cb53a4b20c48a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3035defff11745e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Auto auf und davon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UM70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,009</x:t>
-[...144 lines deleted...]
-          <x:t>27,925</x:t>
+          <x:t>23,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,362</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>