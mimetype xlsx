--- v5 (2026-02-22)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ae7923a64e34101" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdc02c98e16e4c18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3035defff11745e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e95b258366d439b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21cb53a4b20c48a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3035defff11745e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re90ccbcac02545ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e95b258366d439b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Auto auf und davon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UM70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...419 lines deleted...]
-          <x:t>21,314</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.02.2026</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,920</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,068</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>