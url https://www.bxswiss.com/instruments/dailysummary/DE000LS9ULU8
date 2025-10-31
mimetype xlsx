--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff96391a4aa94b00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21eea3b2848a4ea8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cd212fec2f447da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6193a877b235499e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e1b244adf8646c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cd212fec2f447da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc2b1f9cf491462b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6193a877b235499e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4D Aktien lebenswerte Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>