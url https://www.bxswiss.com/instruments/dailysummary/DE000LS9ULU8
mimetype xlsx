--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21eea3b2848a4ea8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba09b38c045841e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6193a877b235499e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a100edbb8c84e22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc2b1f9cf491462b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6193a877b235499e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c3225e32cac49af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a100edbb8c84e22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4D Aktien lebenswerte Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,579 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>71,777</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,156</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>