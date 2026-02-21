--- v2 (2025-12-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba09b38c045841e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab245c7998f5405a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a100edbb8c84e22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6728df3a641d4f07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c3225e32cac49af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a100edbb8c84e22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fd36583e91d40eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6728df3a641d4f07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4D Aktien lebenswerte Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,579 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...546 lines deleted...]
-          <x:t>72,156</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,206</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>