--- v3 (2026-02-21)
+++ v4 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab245c7998f5405a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re52ef97fe2e44201" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6728df3a641d4f07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re52806712e1541dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fd36583e91d40eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6728df3a641d4f07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R071c2b15b01249e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re52806712e1541dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4D Aktien lebenswerte Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,436</x:t>
-[...279 lines deleted...]
-          <x:t>79,206</x:t>
+          <x:t>80,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>