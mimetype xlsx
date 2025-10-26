--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3988ed2d0d90493f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R745c102bfd914d8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fd191196d464ced"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9ea8447a76e4b4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20bb66822eb44705" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fd191196d464ced" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9e135fa536d45d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9ea8447a76e4b4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>InsightGrowth Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>114,904</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,861</x:t>
-[...620 lines deleted...]
-          <x:t>115,728</x:t>
+          <x:t>115,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>