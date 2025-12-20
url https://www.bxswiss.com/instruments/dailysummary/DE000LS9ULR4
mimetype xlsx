--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R745c102bfd914d8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40ff29eccafc4ef0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9ea8447a76e4b4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbb4298d94274c46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9e135fa536d45d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9ea8447a76e4b4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb022b3e1bb48459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbb4298d94274c46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>InsightGrowth Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>116,462</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>