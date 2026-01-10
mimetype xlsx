--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40ff29eccafc4ef0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R315f8ead8f254ae6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbb4298d94274c46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb68c7bf5521477f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb022b3e1bb48459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbb4298d94274c46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re95d831b28de4d8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb68c7bf5521477f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>InsightGrowth Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,126</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>