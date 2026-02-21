--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R315f8ead8f254ae6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd37a14f068a94c42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb68c7bf5521477f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7204291837154af8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re95d831b28de4d8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb68c7bf5521477f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4eb52b70e26c4819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7204291837154af8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>InsightGrowth Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>114,063</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,682</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>