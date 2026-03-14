--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd37a14f068a94c42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3abfd8e5e92a4d51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7204291837154af8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39ca19688e71493d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4eb52b70e26c4819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7204291837154af8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb11020cb13534b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39ca19688e71493d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>InsightGrowth Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,299</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>