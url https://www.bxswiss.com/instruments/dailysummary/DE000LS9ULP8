--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d84965d22374f27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reeac407dcc8244fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec9ede3970c14408"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b4cddbe39154d83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R942c1e0448054146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec9ede3970c14408" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3748b0d769b04709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b4cddbe39154d83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität, angelehnt an Susan Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,987</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>