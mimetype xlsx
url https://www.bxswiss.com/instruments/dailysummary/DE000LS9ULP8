--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reeac407dcc8244fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69954bf7934a4fac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b4cddbe39154d83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R266deb6290a94f47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3748b0d769b04709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b4cddbe39154d83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R685e70f8de324201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R266deb6290a94f47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität, angelehnt an Susan Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>62,400</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,021</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>65,392</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,916</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>