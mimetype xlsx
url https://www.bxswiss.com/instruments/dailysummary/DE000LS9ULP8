--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69954bf7934a4fac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R646be805c5c3470a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R266deb6290a94f47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ef691bf61e44dd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R685e70f8de324201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R266deb6290a94f47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbe60757db4e498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ef691bf61e44dd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität, angelehnt an Susan Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,257</x:t>
-[...117 lines deleted...]
-          <x:t>68,916</x:t>
+          <x:t>68,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>