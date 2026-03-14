--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R646be805c5c3470a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6be92f43d57495e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ef691bf61e44dd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3913e68645764550"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbe60757db4e498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ef691bf61e44dd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85fcc56d6b154112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3913e68645764550" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität, angelehnt an Susan Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>68,306</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,256</x:t>
-[...355 lines deleted...]
-          <x:t>69,123</x:t>
+          <x:t>69,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>