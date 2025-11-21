--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85410f5b8db44aa2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70aa8708393b4d9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2331a7642344169"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82f45c9b76214b7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29e1b3cbdac5427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2331a7642344169" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1544037a40604ca1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82f45c9b76214b7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrial Metals Blue Chips </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>