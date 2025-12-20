--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70aa8708393b4d9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R058de8ab22f94b61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82f45c9b76214b7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd528c76ffcea4a55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1544037a40604ca1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82f45c9b76214b7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63abf51bd86041b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd528c76ffcea4a55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrial Metals Blue Chips </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,139</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>