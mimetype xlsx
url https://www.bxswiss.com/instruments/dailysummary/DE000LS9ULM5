--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R058de8ab22f94b61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R068e86b5b1794f67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd528c76ffcea4a55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f1c21b561bb4476"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63abf51bd86041b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd528c76ffcea4a55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b9891795ac54965" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f1c21b561bb4476" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrial Metals Blue Chips </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>