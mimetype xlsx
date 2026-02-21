--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R068e86b5b1794f67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R971a16b95f5f4de4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f1c21b561bb4476"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ae351ce340a4d80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b9891795ac54965" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f1c21b561bb4476" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6161dca2aecb46c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ae351ce340a4d80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrial Metals Blue Chips </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>311,884</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>