--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R971a16b95f5f4de4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a44d85c17014835" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ae351ce340a4d80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf94949b7ab8468d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6161dca2aecb46c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ae351ce340a4d80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02e634ace0ba43f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf94949b7ab8468d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrial Metals Blue Chips </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,191</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>