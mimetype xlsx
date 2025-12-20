--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e694eff015b4c81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R911175785f4e4a68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dddca8f5b064cc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50b82208609d4306"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5d523bb07b44da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dddca8f5b064cc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38bb467a7f1a4af3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50b82208609d4306" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carpe diem Aktientrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>43,131</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>