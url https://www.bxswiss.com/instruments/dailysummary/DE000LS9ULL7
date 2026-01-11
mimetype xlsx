--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R911175785f4e4a68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b9203dba9d8435b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50b82208609d4306"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72ab63c255984436"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38bb467a7f1a4af3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50b82208609d4306" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red4ccbab04384e5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72ab63c255984436" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carpe diem Aktientrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,291</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>41,623</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,590</x:t>
-[...249 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>40,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,552</x:t>
-[...144 lines deleted...]
-          <x:t>41,109</x:t>
+          <x:t>41,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>