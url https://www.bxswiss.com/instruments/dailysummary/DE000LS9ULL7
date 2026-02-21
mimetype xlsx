--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b9203dba9d8435b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fab4904b8b8487f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72ab63c255984436"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7afa51f22d614004"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red4ccbab04384e5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72ab63c255984436" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a0cbd16c6c84945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7afa51f22d614004" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carpe diem Aktientrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>42,783</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>