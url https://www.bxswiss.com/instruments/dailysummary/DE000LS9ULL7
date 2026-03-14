--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fab4904b8b8487f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfe25f25d0384d2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7afa51f22d614004"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60547fed023b4639"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a0cbd16c6c84945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7afa51f22d614004" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R645bcda6cfed452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60547fed023b4639" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carpe diem Aktientrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,791</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>