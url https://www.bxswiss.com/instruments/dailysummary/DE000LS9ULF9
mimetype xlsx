--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref851861cfbb41ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9e13596d5c6447d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc1446439ba24a9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ad1a9ab04104565"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0bba7c8664948f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc1446439ba24a9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cda38aa1e85486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ad1a9ab04104565" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BUY L0W SELL H1GH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,346</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>