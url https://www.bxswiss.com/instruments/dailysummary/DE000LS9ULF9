--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9e13596d5c6447d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0ce5aa65bb342b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ad1a9ab04104565"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R181a6f7fa0e84ccd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cda38aa1e85486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ad1a9ab04104565" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1aa3d960e0b4e40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R181a6f7fa0e84ccd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BUY L0W SELL H1GH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,110</x:t>
-[...387 lines deleted...]
-          <x:t>89,121</x:t>
+          <x:t>77,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>