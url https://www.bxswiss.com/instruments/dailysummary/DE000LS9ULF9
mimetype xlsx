--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0ce5aa65bb342b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7e10b34b7c146ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R181a6f7fa0e84ccd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aba9528c31b4c10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1aa3d960e0b4e40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R181a6f7fa0e84ccd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71b859db6bb94946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aba9528c31b4c10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BUY L0W SELL H1GH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,979</x:t>
-[...549 lines deleted...]
-          <x:t>76,873</x:t>
+          <x:t>78,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>