--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7e10b34b7c146ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R322f925e24fa4497" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aba9528c31b4c10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c3abc5b0fce420c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71b859db6bb94946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aba9528c31b4c10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3c43daf17ee41c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c3abc5b0fce420c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BUY L0W SELL H1GH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...311 lines deleted...]
-          <x:t>77,841</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,203</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>77,543</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>