--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R322f925e24fa4497" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra76da9fb7381463b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c3abc5b0fce420c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0e832f9f5b34a0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3c43daf17ee41c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c3abc5b0fce420c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf32e2d460ed64dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0e832f9f5b34a0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BUY L0W SELL H1GH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,405</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,001</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>