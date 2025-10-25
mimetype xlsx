--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R499a4e41a31b4b06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1108940c2414c92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba682dc65636452b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b69eb4a4ff24b51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7312e67665641fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba682dc65636452b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe86ddfd579c4a80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b69eb4a4ff24b51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UL55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>44,402</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,128</x:t>
-[...43 lines deleted...]
-          <x:t>44,225</x:t>
+          <x:t>44,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,123</x:t>
-[...53 lines deleted...]
-          <x:t>44,069</x:t>
+          <x:t>44,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,084</x:t>
-        </x:is>
-[...349 lines deleted...]
-          <x:t>44,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>