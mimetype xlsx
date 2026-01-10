--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1108940c2414c92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c3d68d7736946d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b69eb4a4ff24b51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9202f4a96fee4c91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe86ddfd579c4a80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b69eb4a4ff24b51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra016c64719e24b93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9202f4a96fee4c91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UL55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>44,084</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,401</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>