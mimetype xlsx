--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c3d68d7736946d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14ecbf663d334a7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9202f4a96fee4c91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e1b5bf43f0a419e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra016c64719e24b93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9202f4a96fee4c91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra400ffe93c4d4099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e1b5bf43f0a419e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UL55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>43,401</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>