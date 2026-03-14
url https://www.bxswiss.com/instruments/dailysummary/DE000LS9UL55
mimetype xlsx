--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14ecbf663d334a7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37eaeb69e25c4668" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e1b5bf43f0a419e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24f092441eac42f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra400ffe93c4d4099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e1b5bf43f0a419e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41cfd6c605334a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24f092441eac42f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UL55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,442</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>