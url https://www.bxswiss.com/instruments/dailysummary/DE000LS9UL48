--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37c53785fbcb4c93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fa2685724a54735" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R362d82f3c2274688"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8774e2d86f5149b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97d8d3229da24d4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R362d82f3c2274688" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b82d6a18c8841ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8774e2d86f5149b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Technologie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UL48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>73,332</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,842</x:t>
-[...436 lines deleted...]
-          <x:t>77,441</x:t>
+          <x:t>73,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>