--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fa2685724a54735" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05f4e9d4b59f4074" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8774e2d86f5149b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd69729ee8b7d4586"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b82d6a18c8841ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8774e2d86f5149b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcab8130713854469" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd69729ee8b7d4586" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Technologie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UL48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>76,174</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,193</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.10.2025</x:t>
-[...478 lines deleted...]
-          <x:t>73,155</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,086</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>