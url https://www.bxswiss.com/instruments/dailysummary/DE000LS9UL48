--- v2 (2025-11-21)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05f4e9d4b59f4074" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05afe3123aa74d30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd69729ee8b7d4586"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfb1e71d136c4f70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcab8130713854469" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd69729ee8b7d4586" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1539045fd254704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfb1e71d136c4f70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Technologie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UL48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...419 lines deleted...]
-          <x:t>75,057</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.11.2025</x:t>
-[...208 lines deleted...]
-          <x:t>73,086</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>