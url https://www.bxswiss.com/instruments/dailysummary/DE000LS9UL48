--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05afe3123aa74d30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ebd5bb3719c4b93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfb1e71d136c4f70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9620e8c631747b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1539045fd254704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfb1e71d136c4f70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f56bf6d73b495c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9620e8c631747b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Technologie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UL48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...296 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,417</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>76,322</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>