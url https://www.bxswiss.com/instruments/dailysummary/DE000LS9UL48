--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ebd5bb3719c4b93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4902ecc41ed24138" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9620e8c631747b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60bc86e051344eba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f56bf6d73b495c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9620e8c631747b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a88c4fde8054ca1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60bc86e051344eba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Technologie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UL48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,768</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>