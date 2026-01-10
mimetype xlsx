--- v0 (2025-10-25)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1d20c4ca0534fd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a13df6209894af5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R003121d554ec4008"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re78cb17622874991"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf17bdf4475f74a36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R003121d554ec4008" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1510d62b40e4859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re78cb17622874991" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bigplayer Zukunfttechnologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>60,827</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,649</x:t>
-[...566 lines deleted...]
-          <x:t>62,214</x:t>
+          <x:t>60,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>