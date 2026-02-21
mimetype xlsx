--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a13df6209894af5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb08a8f1e6d8c401a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re78cb17622874991"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f41286d4bf647c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1510d62b40e4859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re78cb17622874991" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbd9cd5729444bbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f41286d4bf647c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bigplayer Zukunfttechnologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>61,548</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,426</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>