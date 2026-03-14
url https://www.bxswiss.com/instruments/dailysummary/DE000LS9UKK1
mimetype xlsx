--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb08a8f1e6d8c401a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8ff36d0f95f4095" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f41286d4bf647c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0126e59af1d14a1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbd9cd5729444bbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f41286d4bf647c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R850293cc57b8449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0126e59af1d14a1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bigplayer Zukunfttechnologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>