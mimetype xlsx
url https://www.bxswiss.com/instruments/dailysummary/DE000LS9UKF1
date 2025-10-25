--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdb3d3634208462e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e1387d03b4e48e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc54f544fb7eb4e42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R403192f29637455a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ed299ce1a3c42a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc54f544fb7eb4e42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4513fea071ec45a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R403192f29637455a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>USA TOP 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,707</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>