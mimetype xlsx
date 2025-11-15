--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e1387d03b4e48e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b160716c62743c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R403192f29637455a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1689e15646cf4e79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4513fea071ec45a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R403192f29637455a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61d9d1ad1ea948bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1689e15646cf4e79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>USA TOP 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>