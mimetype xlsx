--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b160716c62743c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4c482a576554ccf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1689e15646cf4e79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R162654e6494d4db9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61d9d1ad1ea948bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1689e15646cf4e79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38734b6a3eba4d05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R162654e6494d4db9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>USA TOP 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>103,845</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,481</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>