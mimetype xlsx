--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4c482a576554ccf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re84cec6bf4b84179" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R162654e6494d4db9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfdbb508da244827"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38734b6a3eba4d05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R162654e6494d4db9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a1ff325d1ac4c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfdbb508da244827" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>USA TOP 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,564</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>