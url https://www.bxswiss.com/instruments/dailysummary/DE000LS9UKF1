--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re84cec6bf4b84179" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4a4081c93e14070" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfdbb508da244827"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e02660d65cc4bb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a1ff325d1ac4c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfdbb508da244827" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33f6f54ecdb9447f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e02660d65cc4bb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>USA TOP 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>111,564</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,209</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>