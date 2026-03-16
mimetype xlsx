--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4a4081c93e14070" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb16b5d22c0414dd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e02660d65cc4bb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re80ed3ba803f4399"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33f6f54ecdb9447f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e02660d65cc4bb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30fd0c2596cc4b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re80ed3ba803f4399" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>USA TOP 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,896</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>