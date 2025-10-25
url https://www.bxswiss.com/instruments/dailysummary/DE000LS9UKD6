--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46f43ed0f69c483f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4603cf0403c34034" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R909a427b873e4ef2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0267575edfa54702"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac30d1f3ab3c4679" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R909a427b873e4ef2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R612185af30b3413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0267575edfa54702" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UMBRELLA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>393,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>393,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>392,876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>405,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>406,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>399,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>