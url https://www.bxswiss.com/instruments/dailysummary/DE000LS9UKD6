--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4603cf0403c34034" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R760954f39d80490f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0267575edfa54702"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9c25eda9b17405c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R612185af30b3413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0267575edfa54702" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd13af3cffe0e4f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9c25eda9b17405c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UMBRELLA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>378,377</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,272</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>