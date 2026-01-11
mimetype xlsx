--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R760954f39d80490f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbd0bb408a1d4acf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9c25eda9b17405c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16bd761264a14d45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd13af3cffe0e4f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9c25eda9b17405c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R061664aefdd1461f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16bd761264a14d45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UMBRELLA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>370,813</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>375,767</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>375,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>375,767</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>370,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,741</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,203</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>