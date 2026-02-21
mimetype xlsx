--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbd0bb408a1d4acf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R502709dc71a94301" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16bd761264a14d45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49d90d3c84c5406c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R061664aefdd1461f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16bd761264a14d45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fcacea217ea4433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49d90d3c84c5406c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UMBRELLA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>394,203</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>