--- v4 (2026-02-21)
+++ v5 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R502709dc71a94301" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2be04bf536ce45ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49d90d3c84c5406c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb719c982ea943d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fcacea217ea4433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49d90d3c84c5406c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f13dae800e541b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb719c982ea943d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UMBRELLA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>