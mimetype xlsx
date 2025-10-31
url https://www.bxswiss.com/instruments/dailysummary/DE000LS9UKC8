--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf44fa6271a624bdf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra657fa7806224170" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra57ada60455842df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ef600b91cc74efb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5275c5747a894626" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra57ada60455842df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c025f8b1127465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ef600b91cc74efb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Empfehlungen - Newsflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,014</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>