--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra657fa7806224170" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R590b2a8ae56640bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ef600b91cc74efb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra15b74b45c3149fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c025f8b1127465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ef600b91cc74efb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c267f398f824ee3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra15b74b45c3149fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Empfehlungen - Newsflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>