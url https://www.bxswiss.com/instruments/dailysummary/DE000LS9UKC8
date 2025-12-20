--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R590b2a8ae56640bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R353a71d0bf774bb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra15b74b45c3149fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R690f47dc59c7464a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c267f398f824ee3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra15b74b45c3149fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa9ae6fd366b4e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R690f47dc59c7464a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Empfehlungen - Newsflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,704</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>