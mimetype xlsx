--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R353a71d0bf774bb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R848ea747c5324e64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R690f47dc59c7464a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ed52a8a5d7b4dcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa9ae6fd366b4e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R690f47dc59c7464a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffef440aac674efe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ed52a8a5d7b4dcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Empfehlungen - Newsflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,392</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>