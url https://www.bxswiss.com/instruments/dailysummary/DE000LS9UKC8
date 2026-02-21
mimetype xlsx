--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R848ea747c5324e64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9015eea1d1e74e5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ed52a8a5d7b4dcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f01f4c230944d2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffef440aac674efe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ed52a8a5d7b4dcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6f790f44b724cd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f01f4c230944d2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Empfehlungen - Newsflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>84,164</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>