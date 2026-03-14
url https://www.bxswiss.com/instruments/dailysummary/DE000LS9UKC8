--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9015eea1d1e74e5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a77395143c94ce2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f01f4c230944d2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R699a6e59f5f3405e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6f790f44b724cd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f01f4c230944d2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31b9369d1c7e40e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R699a6e59f5f3405e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Empfehlungen - Newsflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,206</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>