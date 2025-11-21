--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R133d40713f02457a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c0f9c9694b5433a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96a422bb0ccc4a61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d451e6724f7416a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8d00c0b2bdf4abb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96a422bb0ccc4a61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdac6f764bfb045b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d451e6724f7416a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Halbleiter Technologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>381,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>377,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,969</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>424,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>428,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>418,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>422,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,716</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>