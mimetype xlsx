--- v1 (2025-11-21)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c0f9c9694b5433a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbac743623d084026" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d451e6724f7416a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e1b5ecf652240e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdac6f764bfb045b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d451e6724f7416a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0fedde602c34637" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e1b5ecf652240e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Halbleiter Technologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,491 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>390,716</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>