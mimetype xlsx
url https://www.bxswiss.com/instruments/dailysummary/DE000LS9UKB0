--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbac743623d084026" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dc1de8409134515" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e1b5ecf652240e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf413351055644c89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0fedde602c34637" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e1b5ecf652240e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d6d6c67e1a34be2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf413351055644c89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Halbleiter Technologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,491 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...458 lines deleted...]
-          <x:t>378,790</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>