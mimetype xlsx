--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dc1de8409134515" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc085f7abf7434791" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf413351055644c89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71ab93b43d124b55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d6d6c67e1a34be2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf413351055644c89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a1fb687aff84373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71ab93b43d124b55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Halbleiter Technologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>375,300</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>375,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>376,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>