--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69abce0f04454083" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc393955490b34699" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba0f2af45bf94949"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61e65b59385b4d79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2048446741c4b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba0f2af45bf94949" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ac990fd0d174de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61e65b59385b4d79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuTecUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UK72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>