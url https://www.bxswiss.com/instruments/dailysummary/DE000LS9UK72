--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc393955490b34699" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ff85a0a447744f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61e65b59385b4d79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a91ec05f36c4489"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ac990fd0d174de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61e65b59385b4d79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dbb6f7534234af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a91ec05f36c4489" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuTecUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UK72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>18,964</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,058</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...355 lines deleted...]
-          <x:t>18,297</x:t>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,237</x:t>
-[...31 lines deleted...]
-          <x:t>18,795</x:t>
+          <x:t>18,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,051</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>