--- v2 (2025-11-14)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ff85a0a447744f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6befc1027e244354" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a91ec05f36c4489"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdec643899d1a4e1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dbb6f7534234af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a91ec05f36c4489" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d0eaf2dca164e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdec643899d1a4e1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuTecUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UK72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...225 lines deleted...]
-          <x:t>18,382</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,376</x:t>
-[...404 lines deleted...]
-          <x:t>18,051</x:t>
+          <x:t>18,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>