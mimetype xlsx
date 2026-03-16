--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6befc1027e244354" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05f08db350b34d32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdec643899d1a4e1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64b5315070c749ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d0eaf2dca164e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdec643899d1a4e1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79937c6c8ccc4d0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64b5315070c749ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuTecUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UK72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>16,864</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,554</x:t>
-[...200 lines deleted...]
-          <x:t>16,307</x:t>
+          <x:t>16,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,216</x:t>
-[...43 lines deleted...]
-          <x:t>16,566</x:t>
+          <x:t>16,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,426</x:t>
-[...31 lines deleted...]
-          <x:t>16,656</x:t>
+          <x:t>16,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>