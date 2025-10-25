--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb6656f90f7b4f7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R582affa1f8f34b1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c43d6a65c924908"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd82eae7e857c476f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3c7e3bec094455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c43d6a65c924908" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc70c6f569fba46c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd82eae7e857c476f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuTecUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UK56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,829</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>