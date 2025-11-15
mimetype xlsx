--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R582affa1f8f34b1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2c11b09ba124f33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd82eae7e857c476f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R983f0baae41640e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc70c6f569fba46c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd82eae7e857c476f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a1106558467463b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R983f0baae41640e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuTecUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UK56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,032</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>