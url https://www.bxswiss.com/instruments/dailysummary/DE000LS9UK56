--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2c11b09ba124f33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8473839e16bd44ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R983f0baae41640e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36e9f459327347eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a1106558467463b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R983f0baae41640e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde04ab0280044305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36e9f459327347eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuTecUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UK56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...522 lines deleted...]
-          <x:t>186,619</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>185,426</x:t>
-[...107 lines deleted...]
-          <x:t>180,017</x:t>
+          <x:t>183,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>