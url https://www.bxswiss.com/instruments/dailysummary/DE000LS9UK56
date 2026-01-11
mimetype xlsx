--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8473839e16bd44ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65a3208151af4caf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36e9f459327347eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d65e61a04574a88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde04ab0280044305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36e9f459327347eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb189ce524f7a453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d65e61a04574a88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuTecUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UK56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>186,525</x:t>
-[...251 lines deleted...]
-        <x:is>
           <x:t>185,634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,394</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>