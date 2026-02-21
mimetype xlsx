--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65a3208151af4caf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8cf4227c9784b33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d65e61a04574a88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc596c0e64f694e90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb189ce524f7a453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d65e61a04574a88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R438d6c7866774ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc596c0e64f694e90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuTecUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UK56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>187,152</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>