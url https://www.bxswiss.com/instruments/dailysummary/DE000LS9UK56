--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8cf4227c9784b33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24c03d15237f45a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc596c0e64f694e90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd8a42f3284e467b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R438d6c7866774ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc596c0e64f694e90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refcec5d12cb647c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd8a42f3284e467b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuTecUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UK56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>