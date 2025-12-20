--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6dde76b89084c3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcec7bf91e4524751" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R186b5596a7fc4dbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d35638b7ed340f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4fdfa409d934e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R186b5596a7fc4dbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R894f1f565ea84e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d35638b7ed340f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFYETITANS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>145,326</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,187</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>