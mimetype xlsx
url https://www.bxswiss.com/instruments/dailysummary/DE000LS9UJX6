--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcec7bf91e4524751" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36e9a8319ccd493e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d35638b7ed340f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb30d9b190c34201"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R894f1f565ea84e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d35638b7ed340f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5adc1ea7855c4b87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb30d9b190c34201" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFYETITANS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,403</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>