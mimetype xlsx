--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36e9a8319ccd493e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1149e053cde14d71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb30d9b190c34201"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra29fca6d3ef848ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5adc1ea7855c4b87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb30d9b190c34201" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82ae406bd43045ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra29fca6d3ef848ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFYETITANS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>152,228</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,136</x:t>
-[...134 lines deleted...]
-          <x:t>159,284</x:t>
+          <x:t>151,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,687</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>