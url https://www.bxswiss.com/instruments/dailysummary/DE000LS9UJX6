--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1149e053cde14d71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dcf8302d1624608" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra29fca6d3ef848ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3598dd6a1fe644ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82ae406bd43045ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra29fca6d3ef848ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d39c7e14ef9474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3598dd6a1fe644ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFYETITANS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,952</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>