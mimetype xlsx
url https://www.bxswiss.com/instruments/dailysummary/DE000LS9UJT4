--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f3b387a40cf4d1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01e392179c7c444f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14520c57e99e4111"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e3ddd52c65d408e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R997bc5c540d04a57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14520c57e99e4111" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ac8dda1dcf74b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e3ddd52c65d408e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF00FARMER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,906</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,209</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>