--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01e392179c7c444f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b6786f42d5b4886" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e3ddd52c65d408e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rade495e64b464100"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ac8dda1dcf74b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e3ddd52c65d408e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d93d49eca194757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rade495e64b464100" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF00FARMER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>79,209</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>