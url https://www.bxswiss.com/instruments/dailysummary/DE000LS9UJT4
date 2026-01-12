--- v2 (2025-12-21)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b6786f42d5b4886" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bc718f00a77418b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rade495e64b464100"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc42abaab35764ffe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d93d49eca194757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rade495e64b464100" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf17d36d0ecb4b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc42abaab35764ffe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF00FARMER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>68,089</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,820</x:t>
-[...11 lines deleted...]
-          <x:t>68,444</x:t>
+          <x:t>68,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>68,193</x:t>
-[...436 lines deleted...]
-          <x:t>67,755</x:t>
+          <x:t>70,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>