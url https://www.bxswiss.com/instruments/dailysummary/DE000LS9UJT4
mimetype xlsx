--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bc718f00a77418b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eaf6f312cb643dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc42abaab35764ffe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b8b9c66281a4865"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf17d36d0ecb4b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc42abaab35764ffe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc31d350390b345f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b8b9c66281a4865" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF00FARMER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>82,536</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>