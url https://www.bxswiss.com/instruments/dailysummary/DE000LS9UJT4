--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eaf6f312cb643dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R632cdb4938e54f2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b8b9c66281a4865"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a8c6107a6284d9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc31d350390b345f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b8b9c66281a4865" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb29f7cf9fd54337" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a8c6107a6284d9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF00FARMER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,641</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>