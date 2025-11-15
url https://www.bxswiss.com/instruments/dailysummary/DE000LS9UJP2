--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R827387838bd14400" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30e305959bf14249" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30418670f9494765"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R932b48a2fc1d45fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf82f175cd47d4194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30418670f9494765" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bc42b5ceddc4fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R932b48a2fc1d45fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF02019001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>129,479</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>