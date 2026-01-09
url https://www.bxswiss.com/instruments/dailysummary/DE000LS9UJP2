--- v1 (2025-11-15)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30e305959bf14249" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dac89f82f904167" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R932b48a2fc1d45fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfa09013566d4b26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bc42b5ceddc4fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R932b48a2fc1d45fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5add30443294ad9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfa09013566d4b26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF02019001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...198 lines deleted...]
-          <x:t>127,421</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,401</x:t>
-[...431 lines deleted...]
-          <x:t>125,150</x:t>
+          <x:t>125,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,533</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>