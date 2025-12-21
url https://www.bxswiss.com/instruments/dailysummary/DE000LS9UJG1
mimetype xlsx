--- v0 (2025-11-14)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07684beb41f34984" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d2948e59e694bcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R701ca26abae94101"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5908b160c8894a95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2147f2badbaf4e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R701ca26abae94101" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c76b424bb8d4267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5908b160c8894a95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFAUTCHIPS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,653 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...620 lines deleted...]
-          <x:t>186,943</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>