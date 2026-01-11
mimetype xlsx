--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d2948e59e694bcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9617a2505a6c40c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5908b160c8894a95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30c4b9a6f0fc4d76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c76b424bb8d4267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5908b160c8894a95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7ce5f1f490c4c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30c4b9a6f0fc4d76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFAUTCHIPS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,324</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>