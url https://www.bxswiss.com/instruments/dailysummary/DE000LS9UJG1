--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9617a2505a6c40c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5f794d4c8ab4745" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30c4b9a6f0fc4d76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R127fca2d8ded4c69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7ce5f1f490c4c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30c4b9a6f0fc4d76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52a4b97f2f904751" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R127fca2d8ded4c69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFAUTCHIPS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>210,943</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>