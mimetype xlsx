--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5f794d4c8ab4745" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83e0fb68e6b544a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R127fca2d8ded4c69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52f77a52dbce4471"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52a4b97f2f904751" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R127fca2d8ded4c69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc71dead8f53f4adf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52f77a52dbce4471" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFAUTCHIPS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,324</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>