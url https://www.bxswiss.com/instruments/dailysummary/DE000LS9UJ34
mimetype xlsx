--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a4469df6e64034" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52c3dc9207334c67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R800659904a0747f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racfa777eba2b47d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1d368244c8b45cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R800659904a0747f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43694cb571c84a8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racfa777eba2b47d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Names</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJ34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>50,920</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,277</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...386 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,501</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>