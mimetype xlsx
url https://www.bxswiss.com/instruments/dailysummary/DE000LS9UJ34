--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52c3dc9207334c67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ab43618e41a4d14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racfa777eba2b47d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eba138cba954c7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43694cb571c84a8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racfa777eba2b47d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6400c617b6ce47b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eba138cba954c7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Names</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJ34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...571 lines deleted...]
-          <x:t>52,333</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,035</x:t>
-[...58 lines deleted...]
-          <x:t>52,583</x:t>
+          <x:t>53,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>