--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ab43618e41a4d14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e27d47ce8b34426" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eba138cba954c7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49644b789ce24fa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6400c617b6ce47b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eba138cba954c7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf594df73262a41be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49644b789ce24fa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Names</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJ34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,239</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>