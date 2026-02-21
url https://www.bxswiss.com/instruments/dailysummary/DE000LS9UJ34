--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e27d47ce8b34426" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bd6fba888ed422a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49644b789ce24fa9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20e4c17fda1144ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf594df73262a41be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49644b789ce24fa9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb60105667ca4be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20e4c17fda1144ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Names</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJ34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,107</x:t>
-[...279 lines deleted...]
-          <x:t>54,239</x:t>
+          <x:t>51,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>