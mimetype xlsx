--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55c24249204f4884" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc866d8b60fd94262" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18c272acd05e43ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72b5499baef74b90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6c410741948411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18c272acd05e43ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30c11602c01c4e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72b5499baef74b90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFMCIF2022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJ00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>147,539</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,228</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>148,077</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,434</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>149,817</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>