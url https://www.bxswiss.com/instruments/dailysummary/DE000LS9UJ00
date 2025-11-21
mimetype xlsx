--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc866d8b60fd94262" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c1a81156e3490e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72b5499baef74b90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15915911fee94917"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30c11602c01c4e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72b5499baef74b90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f87a2efd04d4ad5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15915911fee94917" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFMCIF2022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJ00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,598</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,816</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>