--- v2 (2025-11-21)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c1a81156e3490e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R220aba65cedb4f5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15915911fee94917"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b8c9c446a5f48ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f87a2efd04d4ad5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15915911fee94917" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e95dce426384c2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b8c9c446a5f48ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFMCIF2022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJ00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>149,816</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>