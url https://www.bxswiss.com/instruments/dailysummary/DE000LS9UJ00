--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R220aba65cedb4f5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f020914163b4691" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b8c9c446a5f48ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd62c7d14ccca4963"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e95dce426384c2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b8c9c446a5f48ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9af849bb1c1f4c31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd62c7d14ccca4963" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFMCIF2022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJ00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>169,953</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>