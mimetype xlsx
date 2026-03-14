--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f020914163b4691" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02c72936c6484563" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd62c7d14ccca4963"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29e1f2a679c64d8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9af849bb1c1f4c31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd62c7d14ccca4963" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3b841e954dd4e21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29e1f2a679c64d8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFMCIF2022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJ00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>180,517</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>178,730</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>178,886</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,369</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>