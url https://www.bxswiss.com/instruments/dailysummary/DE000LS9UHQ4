--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5ba2964f6f6400f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffc49b24d12b4f8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc835a82f28294be3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82010ba3454c4575"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb91969b83ed460a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc835a82f28294be3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2767f503605474a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82010ba3454c4575" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFKISSIGFP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,484</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>