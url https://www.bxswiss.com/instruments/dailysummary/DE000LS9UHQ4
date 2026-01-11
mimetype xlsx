--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffc49b24d12b4f8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1d467cdd8c546ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82010ba3454c4575"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91ac82a1a5e64ea0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2767f503605474a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82010ba3454c4575" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71b2f51928c9486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91ac82a1a5e64ea0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFKISSIGFP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>144,484</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>