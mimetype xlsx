--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1d467cdd8c546ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3772153440e49cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91ac82a1a5e64ea0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R501b33405df841da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71b2f51928c9486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91ac82a1a5e64ea0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda856d1525ca446c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R501b33405df841da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFKISSIGFP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>146,364</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>