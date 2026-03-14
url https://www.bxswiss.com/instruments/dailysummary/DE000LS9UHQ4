--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3772153440e49cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30920e5a677e4034" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R501b33405df841da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45702c23e5c046cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda856d1525ca446c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R501b33405df841da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R117f5f21b6d54995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45702c23e5c046cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFKISSIGFP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>