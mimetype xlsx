--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a0b49475c1c48f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7c13cae7fe04f65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R614d7a20c61f41df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra57110fe20b04e32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e270993c16c496f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R614d7a20c61f41df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re343bc69312542f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra57110fe20b04e32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFBLACKFOR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,012</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>