--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7c13cae7fe04f65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33a42fedcbae4b28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra57110fe20b04e32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree92ad15cc1d4b21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re343bc69312542f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra57110fe20b04e32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00cd7fc567814d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree92ad15cc1d4b21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFBLACKFOR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,354</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>