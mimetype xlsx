--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33a42fedcbae4b28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2fd33eb14a947f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree92ad15cc1d4b21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R800770e0df56464f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00cd7fc567814d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree92ad15cc1d4b21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra168028d7ee9424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R800770e0df56464f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFBLACKFOR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>116,385</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,001</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>