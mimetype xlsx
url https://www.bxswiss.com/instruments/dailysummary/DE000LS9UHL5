--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2fd33eb14a947f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f30fdb27d0c4e5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R800770e0df56464f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9a30329d79b4d5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra168028d7ee9424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R800770e0df56464f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ab9ba02049f4836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9a30329d79b4d5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFBLACKFOR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,671</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>