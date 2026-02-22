--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f30fdb27d0c4e5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9b1e4bdfa8d4689" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9a30329d79b4d5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50e182a400d64863"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ab9ba02049f4836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9a30329d79b4d5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf233779e81ee469a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50e182a400d64863" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFBLACKFOR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>131,238</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>