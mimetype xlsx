--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9b1e4bdfa8d4689" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5cfff4eaa4948c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50e182a400d64863"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0f032e3c0f1435b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf233779e81ee469a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50e182a400d64863" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0710bf5e9486477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0f032e3c0f1435b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFBLACKFOR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,255</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>