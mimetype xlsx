--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R737f657195d84794" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79250bacc58b4583" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25795b59692f432c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f7f5d1842af404b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f6087f5c9b443f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25795b59692f432c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff27f2e0ef154b52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f7f5d1842af404b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF0AIFOCUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,406</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>