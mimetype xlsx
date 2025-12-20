--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79250bacc58b4583" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6abefc9d19364f93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f7f5d1842af404b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78ade5be649a406a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff27f2e0ef154b52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f7f5d1842af404b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red4f61c9beec492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78ade5be649a406a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF0AIFOCUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>331,103</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,879</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>339,406</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,717</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>