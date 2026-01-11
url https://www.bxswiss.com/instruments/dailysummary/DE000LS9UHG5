--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6abefc9d19364f93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddbf0579aa0b492e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78ade5be649a406a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a7844b0e1b541de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red4f61c9beec492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78ade5be649a406a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceeb9eed33aa468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a7844b0e1b541de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF0AIFOCUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>