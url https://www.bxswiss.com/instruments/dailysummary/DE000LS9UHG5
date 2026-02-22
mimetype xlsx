--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddbf0579aa0b492e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae47dbd2e6fa4bef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a7844b0e1b541de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a57ef159b2c42b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceeb9eed33aa468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a7844b0e1b541de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R312356d13c8f4e13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a57ef159b2c42b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF0AIFOCUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>340,153</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,442</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>