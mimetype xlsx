--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae47dbd2e6fa4bef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8e0b7db25664377" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a57ef159b2c42b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1fd94f61fd54a2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R312356d13c8f4e13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a57ef159b2c42b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5c27cacef174aa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1fd94f61fd54a2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF0AIFOCUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,694</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,079</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>