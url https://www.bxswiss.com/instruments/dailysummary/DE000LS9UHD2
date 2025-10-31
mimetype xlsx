--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R278a9a120fb94aaf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44fa6d04d91646f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb75caf711a9499a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ca2b6f72ea943f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67d4e7e074dc43c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb75caf711a9499a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3108ef3ffd304911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ca2b6f72ea943f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF0LANGFRI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>121,784</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,235</x:t>
-[...129 lines deleted...]
-          <x:t>122,483</x:t>
+          <x:t>123,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,982</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>123,844</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,869</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>123,845</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>