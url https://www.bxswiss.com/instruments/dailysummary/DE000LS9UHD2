--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44fa6d04d91646f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66952aba4f5b43a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ca2b6f72ea943f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcf2bf6afd12477f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3108ef3ffd304911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ca2b6f72ea943f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3307825c53534966" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcf2bf6afd12477f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF0LANGFRI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>