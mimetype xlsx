--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66952aba4f5b43a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e4513d79d08436c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcf2bf6afd12477f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b4e9ceb83c34ebd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3307825c53534966" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcf2bf6afd12477f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6e3478508134459" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b4e9ceb83c34ebd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF0LANGFRI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,277</x:t>
-        </x:is>
-[...256 lines deleted...]
-          <x:t>123,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>