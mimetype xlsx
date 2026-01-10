--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e4513d79d08436c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d6f1f54cd9847fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b4e9ceb83c34ebd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re02dfe2096764239"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6e3478508134459" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b4e9ceb83c34ebd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55ce7900907649c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re02dfe2096764239" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF0LANGFRI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>125,815</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,558</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>124,277</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,776</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>