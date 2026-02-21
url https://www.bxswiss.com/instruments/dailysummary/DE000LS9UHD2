--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d6f1f54cd9847fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3847f4a5b9f49d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re02dfe2096764239"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5052e184eb6346b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55ce7900907649c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re02dfe2096764239" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc17d53647e1848f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5052e184eb6346b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF0LANGFRI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>126,776</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>