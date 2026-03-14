--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3847f4a5b9f49d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R765042d56f984689" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5052e184eb6346b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb679f9ca9ccd4b20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc17d53647e1848f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5052e184eb6346b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80f9539ceaff438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb679f9ca9ccd4b20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF0LANGFRI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,816</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>