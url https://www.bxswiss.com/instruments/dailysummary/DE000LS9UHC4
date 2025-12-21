--- v0 (2025-10-03)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd25d868584b34b3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8195036709a4f71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73b73492d9684158"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc689f598d5eb4b37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra93ea5edcd574f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73b73492d9684158" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86c738616f764aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc689f598d5eb4b37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Aktienauswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.605,951</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.539,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.552,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.531,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.551,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.564,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.552,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.564,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.512,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.492,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.516,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.522,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.521,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.525,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.538,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.523,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.542,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.553,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.538,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.550,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.559,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.566,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.566,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.566,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.566,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.561,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.545,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.558,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.562,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.558,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.558,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.564,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.573,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.562,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.567,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.577,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.583,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.574,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.583,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.583,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.582,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.588,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.589,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.598,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.584,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.595,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.600,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.609,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.600,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.584,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.592,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.600,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.595,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.579,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.579,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.583,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.595,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.581,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.615,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>