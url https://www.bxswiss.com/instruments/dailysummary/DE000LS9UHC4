--- v1 (2025-12-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8195036709a4f71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8942505d73604510" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc689f598d5eb4b37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d2316d396d94f7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86c738616f764aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc689f598d5eb4b37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc75136a760e45e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d2316d396d94f7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Aktienauswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.615,108</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.711,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.708,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.698,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.692,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.698,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.702,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.689,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.709,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.709,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.705,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.714,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.679,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.689,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.684,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.693,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.668,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.704,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.668,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.698,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.711,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.724,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.710,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.698,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.679,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.702,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.714,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.714,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.707,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.713,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.711,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.706,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.710,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.710,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.702,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.679,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.705,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.714,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.700,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.711,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.702,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.711,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.698,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.711,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.740,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.755,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.740,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.755,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.744,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.749,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.738,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.747,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.760,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.746,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.758,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>