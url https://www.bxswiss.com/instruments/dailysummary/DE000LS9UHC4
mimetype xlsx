--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8942505d73604510" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd730d1bcda5e4f53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d2316d396d94f7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8772e52aaba45a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc75136a760e45e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d2316d396d94f7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc23dae80f044aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8772e52aaba45a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Aktienauswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.714,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.723,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.707,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.713,790</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.747,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.760,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.746,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.758,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.750,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.760,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.740,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.743,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.746,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.751,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.747,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.752,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.753,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.744,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.740,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.746,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.740,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.746,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.760,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.738,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.735,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.751,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.734,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.747,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.724,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.713,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.722,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.706,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.706,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.705,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.707,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.680,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.636,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.692,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.682,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.692,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.668,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>