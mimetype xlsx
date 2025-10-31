--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99e5a13d9ed742c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4e126c80a264c61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7187ec1665da4b72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc58086d560a84a0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd643e195349a4532" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7187ec1665da4b72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ce3aaf0157241ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc58086d560a84a0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFSIMFIN01</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UH77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,574</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>