--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4e126c80a264c61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa8bd182ca6a4a1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc58086d560a84a0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc88f1d744b2d4cc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ce3aaf0157241ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc58086d560a84a0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47d99f86391f4867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc88f1d744b2d4cc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFSIMFIN01</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UH77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,014</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>