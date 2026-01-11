--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa8bd182ca6a4a1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra60f899043c143fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc88f1d744b2d4cc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f7f5b876172426c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47d99f86391f4867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc88f1d744b2d4cc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b281c502e1c48f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f7f5b876172426c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFSIMFIN01</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UH77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>134,014</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,166</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>