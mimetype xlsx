--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra60f899043c143fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae65d48bc6504d1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f7f5b876172426c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc3f608336ad4c34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b281c502e1c48f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f7f5b876172426c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbdfa6ddfb8d4a58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc3f608336ad4c34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFSIMFIN01</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UH77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,633 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>140,166</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>