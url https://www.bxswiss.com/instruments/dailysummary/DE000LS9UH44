--- v0 (2025-10-04)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R363712da77ba446a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13aaec48e9854237" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63a3aacc6b0541a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R686f65fb5ca54de9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R103c6281d79f4181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63a3aacc6b0541a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R870378b399634927" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R686f65fb5ca54de9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFARTINTEL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UH44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>131,414</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>