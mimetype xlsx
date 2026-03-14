--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13aaec48e9854237" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71f8df4a829f46c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R686f65fb5ca54de9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R417652d1a5f440fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R870378b399634927" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R686f65fb5ca54de9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R283b5bc159874d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R417652d1a5f440fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFARTINTEL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UH44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,530</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>