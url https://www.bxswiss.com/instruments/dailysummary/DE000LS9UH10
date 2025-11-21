--- v0 (2025-11-01)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R766fd85db7a34fc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R513a87345a974407" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce90d851969d48c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ef5c4deaf524336"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69144b825f5d4738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce90d851969d48c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51859119d8044fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ef5c4deaf524336" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF0FKCHART</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UH10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,232 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,959</x:t>
-[...70 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>84,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,040</x:t>
-[...26 lines deleted...]
-          <x:t>84,662</x:t>
+          <x:t>84,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,639</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>84,209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,963</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>