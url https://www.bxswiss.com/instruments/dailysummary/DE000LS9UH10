--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R513a87345a974407" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R196f519304574475" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ef5c4deaf524336"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8beda79e082a42ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51859119d8044fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ef5c4deaf524336" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b6b88f101b84f34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8beda79e082a42ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF0FKCHART</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UH10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...328 lines deleted...]
-          <x:t>83,093</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,524</x:t>
-[...301 lines deleted...]
-          <x:t>80,450</x:t>
+          <x:t>83,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>