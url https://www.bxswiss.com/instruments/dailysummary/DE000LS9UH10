--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R196f519304574475" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3d47cfee50349ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8beda79e082a42ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re830785bb5ee420d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b6b88f101b84f34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8beda79e082a42ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R725967649140462e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re830785bb5ee420d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF0FKCHART</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UH10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>83,229</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,806</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>85,996</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,846</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>