--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3d47cfee50349ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e4c69b9ee8f42db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re830785bb5ee420d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R331529759d65486d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R725967649140462e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re830785bb5ee420d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62f00d21505a45db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R331529759d65486d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF0FKCHART</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UH10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>82,340</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,204</x:t>
-[...296 lines deleted...]
-          <x:t>80,846</x:t>
+          <x:t>79,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,684</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>