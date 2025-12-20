--- v0 (2025-11-01)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf1239098c614e18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra94d8ae640864a4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R966d58adf223497c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5856e71688014b7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63914898178e404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R966d58adf223497c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R660098c64c0c4103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5856e71688014b7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFMEDTECHX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UH02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>106,454</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,104</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>