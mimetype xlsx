--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra94d8ae640864a4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcddb62dabcf142d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5856e71688014b7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7afd65ad9f24769"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R660098c64c0c4103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5856e71688014b7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf424026a5b054d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7afd65ad9f24769" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFMEDTECHX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UH02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,517</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>105,104</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>