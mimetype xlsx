--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcddb62dabcf142d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9d2f3a603304583" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7afd65ad9f24769"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3f478b22b044ab3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf424026a5b054d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7afd65ad9f24769" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R999e5b1f0f934ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3f478b22b044ab3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFMEDTECHX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UH02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>109,555</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>