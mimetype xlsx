--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9d2f3a603304583" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R627bbbd27e724b50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3f478b22b044ab3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb785185261d24695"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R999e5b1f0f934ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3f478b22b044ab3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc304d6dfd7e14814" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb785185261d24695" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFMEDTECHX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UH02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>