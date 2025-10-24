--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R062b776cb2b84578" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d7ffca965cc4f05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7733378de5f5466e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93fd405d435846e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racd020fc1c234c49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7733378de5f5466e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd49dcfcc49f744f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93fd405d435846e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TV-WachstumUndDividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>117,311</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,844</x:t>
-[...258 lines deleted...]
-        <x:is>
           <x:t>115,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>