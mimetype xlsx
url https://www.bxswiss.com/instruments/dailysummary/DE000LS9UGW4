--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d7ffca965cc4f05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf58952cdcaa44b81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93fd405d435846e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaf60522a4454b8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd49dcfcc49f744f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93fd405d435846e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc010d5371de04957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaf60522a4454b8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TV-WachstumUndDividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,377</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,782</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>