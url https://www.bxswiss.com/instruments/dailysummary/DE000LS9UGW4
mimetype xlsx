--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf58952cdcaa44b81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd1a0a75049646c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaf60522a4454b8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reab3e9e9b5e5475a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc010d5371de04957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaf60522a4454b8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba6b664107da4ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reab3e9e9b5e5475a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TV-WachstumUndDividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...215 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,889</x:t>
-[...97 lines deleted...]
-          <x:t>29.10.2025</x:t>
+          <x:t>111,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,874</x:t>
-        </x:is>
-[...310 lines deleted...]
-          <x:t>109,782</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>