--- v3 (2025-12-20)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd1a0a75049646c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30580042cca3447f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reab3e9e9b5e5475a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21b6651d753b4445"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba6b664107da4ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reab3e9e9b5e5475a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e09a627a7354f40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21b6651d753b4445" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TV-WachstumUndDividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>109,774</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,480</x:t>
-[...371 lines deleted...]
-        <x:is>
           <x:t>110,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,417</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,049</x:t>
         </x:is>
       </x:c>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,759</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>