--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30580042cca3447f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5406de2be3154b55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21b6651d753b4445"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06dfdd1800fc4f45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e09a627a7354f40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21b6651d753b4445" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b4157bc5616494e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06dfdd1800fc4f45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TV-WachstumUndDividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>115,759</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>