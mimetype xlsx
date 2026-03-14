--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5406de2be3154b55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2988159e270042be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06dfdd1800fc4f45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7af5427f36524109"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b4157bc5616494e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06dfdd1800fc4f45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9996aa90f8b740e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7af5427f36524109" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TV-WachstumUndDividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,014</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>