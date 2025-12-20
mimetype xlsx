--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77dffb62e37247ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd37f55361af04f23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R728d353c8c194d42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde89c77fb06243fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dd4cb51aeb64175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R728d353c8c194d42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6fb18be0cb44edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde89c77fb06243fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europa Seasonality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>109,190</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,440</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>109,216</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>