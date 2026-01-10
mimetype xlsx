--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd37f55361af04f23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d8395d72e204142" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde89c77fb06243fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e8c979c16c740aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6fb18be0cb44edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde89c77fb06243fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bb7788dcb0a4b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e8c979c16c740aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europa Seasonality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>