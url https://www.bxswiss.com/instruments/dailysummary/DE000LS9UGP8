--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d8395d72e204142" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7445d1bb621246e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e8c979c16c740aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90226933bdb54fd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bb7788dcb0a4b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e8c979c16c740aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reed611cf9cb6444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90226933bdb54fd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europa Seasonality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>115,660</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,564</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>