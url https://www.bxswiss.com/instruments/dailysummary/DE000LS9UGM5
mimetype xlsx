--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f51ba954add4c47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a01503c37364978" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R541083f5d59f441c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc448aa3a55454db7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25b0eeaf84b14278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R541083f5d59f441c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R340aeebcb3e24b4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc448aa3a55454db7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future VI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>123,859</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>