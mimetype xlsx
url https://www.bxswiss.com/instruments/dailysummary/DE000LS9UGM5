--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a01503c37364978" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e0ec6958f124fe0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc448aa3a55454db7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7acda645b62b4210"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R340aeebcb3e24b4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc448aa3a55454db7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf71a04efee54199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7acda645b62b4210" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future VI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,635 +149,230 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>116,223</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,707</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...209 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,148</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,309</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>