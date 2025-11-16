--- v0 (2025-10-04)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa761cef68ac421b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b34f944a9944796" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d792031d82c4e77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd08c72717a3e4dcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8621f3f045554759" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d792031d82c4e77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae53ca6a56124784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd08c72717a3e4dcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RSL Trendsystem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>99,411</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>