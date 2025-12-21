--- v1 (2025-11-16)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b34f944a9944796" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec13666c47974320" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd08c72717a3e4dcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6d89de9483c4509"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae53ca6a56124784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd08c72717a3e4dcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a8905b30b0f41d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6d89de9483c4509" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RSL Trendsystem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>99,011</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,766</x:t>
-[...350 lines deleted...]
-          <x:t>98,760</x:t>
+          <x:t>99,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,031</x:t>
-        </x:is>
-[...241 lines deleted...]
-          <x:t>98,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>