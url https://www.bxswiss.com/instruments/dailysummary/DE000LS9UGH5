--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec13666c47974320" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0486f03841b4695" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6d89de9483c4509"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1c8ffa762bb4476"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a8905b30b0f41d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6d89de9483c4509" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82e9d2ebf846443a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1c8ffa762bb4476" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RSL Trendsystem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>99,147</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,017</x:t>
-[...512 lines deleted...]
-          <x:t>99,031</x:t>
+          <x:t>98,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,002</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>