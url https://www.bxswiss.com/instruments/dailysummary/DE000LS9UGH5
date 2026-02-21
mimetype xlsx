--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0486f03841b4695" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R654d932a0615417e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1c8ffa762bb4476"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e3cdf1dd53d4b11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82e9d2ebf846443a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1c8ffa762bb4476" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redd060aacc4d4b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e3cdf1dd53d4b11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RSL Trendsystem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>99,002</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>