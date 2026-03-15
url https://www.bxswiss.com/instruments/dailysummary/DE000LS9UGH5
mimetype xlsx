--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R654d932a0615417e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra442906db7424967" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e3cdf1dd53d4b11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9177ad0b8b0493b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redd060aacc4d4b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e3cdf1dd53d4b11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8379e122d2214233" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9177ad0b8b0493b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RSL Trendsystem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...419 lines deleted...]
-          <x:t>96,505</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,767</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>96,889</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>